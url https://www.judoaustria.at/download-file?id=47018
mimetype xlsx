--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\.shortcut-targets-by-id\1UwcJnY6j6Y6Yaj8ncUNO_fbV-0eWDcEd\1_ÖJV_Dateiserver\Sport\Liga\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\.shortcut-targets-by-id\1UwcJnY6j6Y6Yaj8ncUNO_fbV-0eWDcEd\1_ÖJV_Dateiserver\Sport\Liga\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{58A77EC0-17F5-4AF0-93E6-9C720ADAFCD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56890ECC-AED8-402B-A771-1CA275CEB7D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1545" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="WK-Bericht M BL" sheetId="1" r:id="rId1"/>
     <sheet name="Aufstellung" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Aufstellung!$A$1:$E$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'WK-Bericht M BL'!$A$1:$Y$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -204,54 +204,54 @@
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>10 Punkte</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Yuko: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1 Punkt</t>
     </r>
   </si>
   <si>
-    <t>JUDO-Bundesliga Männer 2025</t>
-[...2 lines deleted...]
-    <t>Eventueller Entscheidungskampf (gelost aus dem 2.DG) für Tabellen-Zusatzpunk bei "Unentschieden"- startet im Golden Score</t>
+    <t>JUDO-Bundesliga Männer 2026</t>
+  </si>
+  <si>
+    <t>Eventueller Entscheidungskampf (gelost aus dem 2.DG) bei "Unentschieden"- startet im Golden Score</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -1497,252 +1497,252 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...128 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -2307,1205 +2307,1205 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Y36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A12" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B18" sqref="B18:F18"/>
+    <sheetView tabSelected="1" topLeftCell="A14" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.44140625" style="1"/>
-    <col min="2" max="2" width="12.44140625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="11.42578125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="12" style="2" customWidth="1"/>
-    <col min="4" max="6" width="11.44140625" style="2"/>
-[...6 lines deleted...]
-    <col min="26" max="16384" width="11.44140625" style="2"/>
+    <col min="4" max="6" width="11.42578125" style="2"/>
+    <col min="7" max="11" width="5.140625" style="2" customWidth="1"/>
+    <col min="12" max="13" width="6.85546875" style="2" customWidth="1"/>
+    <col min="14" max="14" width="12.140625" style="2" customWidth="1"/>
+    <col min="15" max="18" width="11.42578125" style="2"/>
+    <col min="19" max="23" width="5.140625" style="2" customWidth="1"/>
+    <col min="24" max="25" width="6.85546875" style="2" customWidth="1"/>
+    <col min="26" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="107" t="s">
+    <row r="1" spans="1:25" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="146" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="107"/>
-[...1 lines deleted...]
-      <c r="D1" s="107"/>
+      <c r="B1" s="146"/>
+      <c r="C1" s="146"/>
+      <c r="D1" s="146"/>
       <c r="H1" s="33" t="s">
         <v>42</v>
       </c>
       <c r="I1" s="35"/>
       <c r="J1" s="35"/>
       <c r="K1" s="35"/>
       <c r="L1" s="35"/>
       <c r="M1" s="35"/>
       <c r="N1" s="35"/>
       <c r="O1" s="35"/>
     </row>
-    <row r="2" spans="1:25" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:25" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="45"/>
       <c r="C2" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="45"/>
       <c r="E2" s="44" t="s">
         <v>33</v>
       </c>
-      <c r="F2" s="120"/>
-[...7 lines deleted...]
-      <c r="N2" s="121" t="s">
+      <c r="F2" s="128"/>
+      <c r="G2" s="128"/>
+      <c r="H2" s="128"/>
+      <c r="I2" s="128"/>
+      <c r="J2" s="128"/>
+      <c r="K2" s="128"/>
+      <c r="L2" s="128"/>
+      <c r="M2" s="128"/>
+      <c r="N2" s="129" t="s">
         <v>30</v>
       </c>
-      <c r="O2" s="121"/>
-      <c r="P2" s="120" t="s">
+      <c r="O2" s="129"/>
+      <c r="P2" s="128" t="s">
         <v>29</v>
       </c>
-      <c r="Q2" s="120"/>
-      <c r="R2" s="120"/>
+      <c r="Q2" s="128"/>
+      <c r="R2" s="128"/>
       <c r="S2" s="68"/>
       <c r="T2" s="32"/>
       <c r="U2" s="32"/>
       <c r="V2" s="32"/>
       <c r="W2" s="32"/>
       <c r="X2" s="32"/>
       <c r="Y2" s="32"/>
     </row>
-    <row r="3" spans="1:25" ht="30.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="108" t="s">
+    <row r="3" spans="1:25" ht="30.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="147" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="109"/>
-[...10 lines deleted...]
-      <c r="N3" s="125" t="s">
+      <c r="C3" s="134"/>
+      <c r="D3" s="130"/>
+      <c r="E3" s="130"/>
+      <c r="F3" s="130"/>
+      <c r="G3" s="130"/>
+      <c r="H3" s="130"/>
+      <c r="I3" s="130"/>
+      <c r="J3" s="130"/>
+      <c r="K3" s="130"/>
+      <c r="L3" s="130"/>
+      <c r="M3" s="130"/>
+      <c r="N3" s="133" t="s">
         <v>18</v>
       </c>
-      <c r="O3" s="109"/>
-[...12 lines deleted...]
-      <c r="A4" s="113" t="s">
+      <c r="O3" s="134"/>
+      <c r="P3" s="130"/>
+      <c r="Q3" s="130"/>
+      <c r="R3" s="130"/>
+      <c r="S3" s="131"/>
+      <c r="T3" s="131"/>
+      <c r="U3" s="131"/>
+      <c r="V3" s="130"/>
+      <c r="W3" s="130"/>
+      <c r="X3" s="130"/>
+      <c r="Y3" s="132"/>
+    </row>
+    <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="151" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="130" t="s">
+      <c r="B4" s="139" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="127"/>
-[...6 lines deleted...]
-      <c r="J4" s="117" t="s">
+      <c r="C4" s="136"/>
+      <c r="D4" s="136"/>
+      <c r="E4" s="136"/>
+      <c r="F4" s="136"/>
+      <c r="G4" s="139"/>
+      <c r="H4" s="136"/>
+      <c r="I4" s="142"/>
+      <c r="J4" s="125" t="s">
         <v>17</v>
       </c>
-      <c r="K4" s="116"/>
-      <c r="L4" s="115" t="s">
+      <c r="K4" s="124"/>
+      <c r="L4" s="120" t="s">
         <v>15</v>
       </c>
-      <c r="M4" s="138" t="s">
+      <c r="M4" s="122" t="s">
         <v>16</v>
       </c>
-      <c r="N4" s="126" t="s">
+      <c r="N4" s="135" t="s">
         <v>10</v>
       </c>
-      <c r="O4" s="127"/>
-[...6 lines deleted...]
-      <c r="V4" s="115" t="s">
+      <c r="O4" s="136"/>
+      <c r="P4" s="136"/>
+      <c r="Q4" s="136"/>
+      <c r="R4" s="136"/>
+      <c r="S4" s="143"/>
+      <c r="T4" s="144"/>
+      <c r="U4" s="145"/>
+      <c r="V4" s="120" t="s">
         <v>17</v>
       </c>
-      <c r="W4" s="116"/>
-      <c r="X4" s="117" t="s">
+      <c r="W4" s="124"/>
+      <c r="X4" s="125" t="s">
         <v>15</v>
       </c>
-      <c r="Y4" s="116" t="s">
+      <c r="Y4" s="124" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="5" spans="1:25" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F5" s="132"/>
+    <row r="5" spans="1:25" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="152"/>
+      <c r="B5" s="140"/>
+      <c r="C5" s="141"/>
+      <c r="D5" s="141"/>
+      <c r="E5" s="141"/>
+      <c r="F5" s="141"/>
       <c r="G5" s="21" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="23" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="L5" s="137"/>
-[...5 lines deleted...]
-      <c r="R5" s="129"/>
+      <c r="L5" s="121"/>
+      <c r="M5" s="123"/>
+      <c r="N5" s="137"/>
+      <c r="O5" s="138"/>
+      <c r="P5" s="138"/>
+      <c r="Q5" s="138"/>
+      <c r="R5" s="138"/>
       <c r="S5" s="34" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="24" t="s">
         <v>11</v>
       </c>
       <c r="U5" s="25" t="s">
         <v>12</v>
       </c>
       <c r="V5" s="73" t="s">
         <v>13</v>
       </c>
       <c r="W5" s="25" t="s">
         <v>14</v>
       </c>
-      <c r="X5" s="118"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="X5" s="126"/>
+      <c r="Y5" s="127"/>
+    </row>
+    <row r="6" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="59" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="110"/>
-[...3 lines deleted...]
-      <c r="F6" s="112"/>
+      <c r="B6" s="148"/>
+      <c r="C6" s="149"/>
+      <c r="D6" s="149"/>
+      <c r="E6" s="149"/>
+      <c r="F6" s="150"/>
       <c r="G6" s="70"/>
       <c r="H6" s="4"/>
       <c r="I6" s="18"/>
       <c r="J6" s="17"/>
       <c r="K6" s="18"/>
       <c r="L6" s="14"/>
       <c r="M6" s="11"/>
-      <c r="N6" s="98"/>
-[...3 lines deleted...]
-      <c r="R6" s="97"/>
+      <c r="N6" s="104"/>
+      <c r="O6" s="105"/>
+      <c r="P6" s="105"/>
+      <c r="Q6" s="105"/>
+      <c r="R6" s="109"/>
       <c r="S6" s="62"/>
       <c r="T6" s="3"/>
       <c r="U6" s="5"/>
       <c r="V6" s="15"/>
       <c r="W6" s="5"/>
       <c r="X6" s="19"/>
       <c r="Y6" s="5"/>
     </row>
-    <row r="7" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="95"/>
-[...3 lines deleted...]
-      <c r="F7" s="97"/>
+      <c r="B7" s="108"/>
+      <c r="C7" s="105"/>
+      <c r="D7" s="105"/>
+      <c r="E7" s="105"/>
+      <c r="F7" s="109"/>
       <c r="G7" s="71"/>
       <c r="H7" s="3"/>
       <c r="I7" s="5"/>
       <c r="J7" s="19"/>
       <c r="K7" s="5"/>
       <c r="L7" s="15"/>
       <c r="M7" s="9"/>
-      <c r="N7" s="98"/>
-[...3 lines deleted...]
-      <c r="R7" s="97"/>
+      <c r="N7" s="104"/>
+      <c r="O7" s="105"/>
+      <c r="P7" s="105"/>
+      <c r="Q7" s="105"/>
+      <c r="R7" s="109"/>
       <c r="S7" s="62"/>
       <c r="T7" s="3"/>
       <c r="U7" s="5"/>
       <c r="V7" s="15"/>
       <c r="W7" s="5"/>
       <c r="X7" s="19"/>
       <c r="Y7" s="5"/>
     </row>
-    <row r="8" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="95"/>
-[...3 lines deleted...]
-      <c r="F8" s="97"/>
+      <c r="B8" s="108"/>
+      <c r="C8" s="105"/>
+      <c r="D8" s="105"/>
+      <c r="E8" s="105"/>
+      <c r="F8" s="109"/>
       <c r="G8" s="71"/>
       <c r="H8" s="3"/>
       <c r="I8" s="5"/>
       <c r="J8" s="19"/>
       <c r="K8" s="5"/>
       <c r="L8" s="15"/>
       <c r="M8" s="9"/>
-      <c r="N8" s="98"/>
-[...3 lines deleted...]
-      <c r="R8" s="97"/>
+      <c r="N8" s="104"/>
+      <c r="O8" s="105"/>
+      <c r="P8" s="105"/>
+      <c r="Q8" s="105"/>
+      <c r="R8" s="109"/>
       <c r="S8" s="62"/>
       <c r="T8" s="3"/>
       <c r="U8" s="5"/>
       <c r="V8" s="15"/>
       <c r="W8" s="5"/>
       <c r="X8" s="19"/>
       <c r="Y8" s="5"/>
     </row>
-    <row r="9" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="B9" s="95"/>
-[...3 lines deleted...]
-      <c r="F9" s="97"/>
+      <c r="B9" s="108"/>
+      <c r="C9" s="105"/>
+      <c r="D9" s="105"/>
+      <c r="E9" s="105"/>
+      <c r="F9" s="109"/>
       <c r="G9" s="71"/>
       <c r="H9" s="3"/>
       <c r="I9" s="5"/>
       <c r="J9" s="19"/>
       <c r="K9" s="5"/>
       <c r="L9" s="15"/>
       <c r="M9" s="9"/>
-      <c r="N9" s="98"/>
-[...3 lines deleted...]
-      <c r="R9" s="97"/>
+      <c r="N9" s="104"/>
+      <c r="O9" s="105"/>
+      <c r="P9" s="105"/>
+      <c r="Q9" s="105"/>
+      <c r="R9" s="109"/>
       <c r="S9" s="62"/>
       <c r="T9" s="3"/>
       <c r="U9" s="5"/>
       <c r="V9" s="15"/>
       <c r="W9" s="5"/>
       <c r="X9" s="19"/>
       <c r="Y9" s="5"/>
     </row>
-    <row r="10" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="95"/>
-[...3 lines deleted...]
-      <c r="F10" s="97"/>
+      <c r="B10" s="108"/>
+      <c r="C10" s="105"/>
+      <c r="D10" s="105"/>
+      <c r="E10" s="105"/>
+      <c r="F10" s="109"/>
       <c r="G10" s="71"/>
       <c r="H10" s="3"/>
       <c r="I10" s="5"/>
       <c r="J10" s="19"/>
       <c r="K10" s="5"/>
       <c r="L10" s="15"/>
       <c r="M10" s="9"/>
-      <c r="N10" s="98"/>
-[...3 lines deleted...]
-      <c r="R10" s="97"/>
+      <c r="N10" s="104"/>
+      <c r="O10" s="105"/>
+      <c r="P10" s="105"/>
+      <c r="Q10" s="105"/>
+      <c r="R10" s="109"/>
       <c r="S10" s="62"/>
       <c r="T10" s="3"/>
       <c r="U10" s="5"/>
       <c r="V10" s="15"/>
       <c r="W10" s="5"/>
       <c r="X10" s="19"/>
       <c r="Y10" s="5"/>
     </row>
-    <row r="11" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="95"/>
-[...3 lines deleted...]
-      <c r="F11" s="97"/>
+      <c r="B11" s="108"/>
+      <c r="C11" s="105"/>
+      <c r="D11" s="105"/>
+      <c r="E11" s="105"/>
+      <c r="F11" s="109"/>
       <c r="G11" s="71"/>
       <c r="H11" s="3"/>
       <c r="I11" s="5"/>
       <c r="J11" s="19"/>
       <c r="K11" s="5"/>
       <c r="L11" s="15"/>
       <c r="M11" s="9"/>
-      <c r="N11" s="98"/>
-[...3 lines deleted...]
-      <c r="R11" s="97"/>
+      <c r="N11" s="104"/>
+      <c r="O11" s="105"/>
+      <c r="P11" s="105"/>
+      <c r="Q11" s="105"/>
+      <c r="R11" s="109"/>
       <c r="S11" s="62"/>
       <c r="T11" s="3"/>
       <c r="U11" s="5"/>
       <c r="V11" s="15"/>
       <c r="W11" s="5"/>
       <c r="X11" s="19"/>
       <c r="Y11" s="5"/>
     </row>
-    <row r="12" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="105"/>
-[...3 lines deleted...]
-      <c r="F12" s="106"/>
+      <c r="B12" s="110"/>
+      <c r="C12" s="99"/>
+      <c r="D12" s="99"/>
+      <c r="E12" s="99"/>
+      <c r="F12" s="100"/>
       <c r="G12" s="72"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
       <c r="J12" s="20"/>
       <c r="K12" s="7"/>
       <c r="L12" s="16"/>
       <c r="M12" s="12"/>
-      <c r="N12" s="91"/>
-[...3 lines deleted...]
-      <c r="R12" s="106"/>
+      <c r="N12" s="98"/>
+      <c r="O12" s="99"/>
+      <c r="P12" s="99"/>
+      <c r="Q12" s="99"/>
+      <c r="R12" s="100"/>
       <c r="S12" s="64"/>
       <c r="T12" s="6"/>
       <c r="U12" s="7"/>
       <c r="V12" s="74"/>
       <c r="W12" s="7"/>
       <c r="X12" s="54"/>
       <c r="Y12" s="53"/>
     </row>
-    <row r="13" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="I13" s="94" t="s">
+    <row r="13" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="I13" s="103" t="s">
         <v>37</v>
       </c>
-      <c r="J13" s="94"/>
-      <c r="K13" s="94"/>
+      <c r="J13" s="103"/>
+      <c r="K13" s="103"/>
       <c r="L13" s="60"/>
       <c r="M13" s="61"/>
-      <c r="U13" s="94" t="s">
+      <c r="U13" s="103" t="s">
         <v>37</v>
       </c>
-      <c r="V13" s="94"/>
-      <c r="W13" s="94"/>
+      <c r="V13" s="103"/>
+      <c r="W13" s="103"/>
       <c r="X13" s="60"/>
       <c r="Y13" s="61"/>
     </row>
-    <row r="14" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="58" t="s">
         <v>36</v>
       </c>
-      <c r="B14" s="158"/>
-[...3 lines deleted...]
-      <c r="F14" s="156"/>
+      <c r="B14" s="107"/>
+      <c r="C14" s="101"/>
+      <c r="D14" s="101"/>
+      <c r="E14" s="101"/>
+      <c r="F14" s="101"/>
       <c r="G14" s="67"/>
-      <c r="H14" s="157"/>
-[...2 lines deleted...]
-      <c r="K14" s="157"/>
+      <c r="H14" s="102"/>
+      <c r="I14" s="102"/>
+      <c r="J14" s="102"/>
+      <c r="K14" s="102"/>
       <c r="L14" s="56"/>
       <c r="M14" s="56"/>
-      <c r="N14" s="156"/>
-[...3 lines deleted...]
-      <c r="R14" s="156"/>
+      <c r="N14" s="101"/>
+      <c r="O14" s="101"/>
+      <c r="P14" s="101"/>
+      <c r="Q14" s="101"/>
+      <c r="R14" s="101"/>
       <c r="S14" s="67"/>
-      <c r="T14" s="157"/>
-[...2 lines deleted...]
-      <c r="W14" s="157"/>
+      <c r="T14" s="102"/>
+      <c r="U14" s="102"/>
+      <c r="V14" s="102"/>
+      <c r="W14" s="102"/>
       <c r="X14" s="56"/>
       <c r="Y14" s="57"/>
     </row>
-    <row r="15" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="52" t="s">
         <v>0</v>
       </c>
-      <c r="B15" s="100"/>
-[...3 lines deleted...]
-      <c r="F15" s="102"/>
+      <c r="B15" s="154"/>
+      <c r="C15" s="155"/>
+      <c r="D15" s="155"/>
+      <c r="E15" s="155"/>
+      <c r="F15" s="156"/>
       <c r="G15" s="66"/>
       <c r="H15" s="4"/>
       <c r="I15" s="18"/>
       <c r="J15" s="17"/>
       <c r="K15" s="18"/>
       <c r="L15" s="14"/>
       <c r="M15" s="11"/>
-      <c r="N15" s="103"/>
-[...3 lines deleted...]
-      <c r="R15" s="104"/>
+      <c r="N15" s="157"/>
+      <c r="O15" s="155"/>
+      <c r="P15" s="155"/>
+      <c r="Q15" s="155"/>
+      <c r="R15" s="158"/>
       <c r="S15" s="66"/>
       <c r="T15" s="4"/>
       <c r="U15" s="18"/>
       <c r="V15" s="17"/>
       <c r="W15" s="18"/>
       <c r="X15" s="17"/>
       <c r="Y15" s="55"/>
     </row>
-    <row r="16" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="B16" s="95"/>
-[...3 lines deleted...]
-      <c r="F16" s="97"/>
+      <c r="B16" s="108"/>
+      <c r="C16" s="105"/>
+      <c r="D16" s="105"/>
+      <c r="E16" s="105"/>
+      <c r="F16" s="109"/>
       <c r="G16" s="63"/>
       <c r="H16" s="3"/>
       <c r="I16" s="5"/>
       <c r="J16" s="19"/>
       <c r="K16" s="5"/>
       <c r="L16" s="15"/>
       <c r="M16" s="9"/>
-      <c r="N16" s="98"/>
-[...3 lines deleted...]
-      <c r="R16" s="99"/>
+      <c r="N16" s="104"/>
+      <c r="O16" s="105"/>
+      <c r="P16" s="105"/>
+      <c r="Q16" s="105"/>
+      <c r="R16" s="106"/>
       <c r="S16" s="63"/>
       <c r="T16" s="3"/>
       <c r="U16" s="5"/>
       <c r="V16" s="19"/>
       <c r="W16" s="5"/>
       <c r="X16" s="19"/>
       <c r="Y16" s="10"/>
     </row>
-    <row r="17" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="B17" s="95"/>
-[...3 lines deleted...]
-      <c r="F17" s="97"/>
+      <c r="B17" s="108"/>
+      <c r="C17" s="105"/>
+      <c r="D17" s="105"/>
+      <c r="E17" s="105"/>
+      <c r="F17" s="109"/>
       <c r="G17" s="63"/>
       <c r="H17" s="3"/>
       <c r="I17" s="5"/>
       <c r="J17" s="19"/>
       <c r="K17" s="5"/>
       <c r="L17" s="15"/>
       <c r="M17" s="9"/>
-      <c r="N17" s="98"/>
-[...3 lines deleted...]
-      <c r="R17" s="99"/>
+      <c r="N17" s="104"/>
+      <c r="O17" s="105"/>
+      <c r="P17" s="105"/>
+      <c r="Q17" s="105"/>
+      <c r="R17" s="106"/>
       <c r="S17" s="63"/>
       <c r="T17" s="3"/>
       <c r="U17" s="5"/>
       <c r="V17" s="19"/>
       <c r="W17" s="5"/>
       <c r="X17" s="19"/>
       <c r="Y17" s="10"/>
     </row>
-    <row r="18" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="95"/>
-[...3 lines deleted...]
-      <c r="F18" s="97"/>
+      <c r="B18" s="108"/>
+      <c r="C18" s="105"/>
+      <c r="D18" s="105"/>
+      <c r="E18" s="105"/>
+      <c r="F18" s="109"/>
       <c r="G18" s="63"/>
       <c r="H18" s="3"/>
       <c r="I18" s="5"/>
       <c r="J18" s="19"/>
       <c r="K18" s="5"/>
       <c r="L18" s="15"/>
       <c r="M18" s="9"/>
-      <c r="N18" s="98"/>
-[...3 lines deleted...]
-      <c r="R18" s="99"/>
+      <c r="N18" s="104"/>
+      <c r="O18" s="105"/>
+      <c r="P18" s="105"/>
+      <c r="Q18" s="105"/>
+      <c r="R18" s="106"/>
       <c r="S18" s="63"/>
       <c r="T18" s="3"/>
       <c r="U18" s="5"/>
       <c r="V18" s="19"/>
       <c r="W18" s="5"/>
       <c r="X18" s="19"/>
       <c r="Y18" s="10"/>
     </row>
-    <row r="19" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="B19" s="95"/>
-[...3 lines deleted...]
-      <c r="F19" s="97"/>
+      <c r="B19" s="108"/>
+      <c r="C19" s="105"/>
+      <c r="D19" s="105"/>
+      <c r="E19" s="105"/>
+      <c r="F19" s="109"/>
       <c r="G19" s="63"/>
       <c r="H19" s="3"/>
       <c r="I19" s="5"/>
       <c r="J19" s="19"/>
       <c r="K19" s="5"/>
       <c r="L19" s="15"/>
       <c r="M19" s="9"/>
-      <c r="N19" s="98"/>
-[...3 lines deleted...]
-      <c r="R19" s="99"/>
+      <c r="N19" s="104"/>
+      <c r="O19" s="105"/>
+      <c r="P19" s="105"/>
+      <c r="Q19" s="105"/>
+      <c r="R19" s="106"/>
       <c r="S19" s="63"/>
       <c r="T19" s="3"/>
       <c r="U19" s="5"/>
       <c r="V19" s="19"/>
       <c r="W19" s="5"/>
       <c r="X19" s="19"/>
       <c r="Y19" s="10"/>
     </row>
-    <row r="20" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="B20" s="95"/>
-[...3 lines deleted...]
-      <c r="F20" s="97"/>
+      <c r="B20" s="108"/>
+      <c r="C20" s="105"/>
+      <c r="D20" s="105"/>
+      <c r="E20" s="105"/>
+      <c r="F20" s="109"/>
       <c r="G20" s="63"/>
       <c r="H20" s="3"/>
       <c r="I20" s="5"/>
       <c r="J20" s="19"/>
       <c r="K20" s="5"/>
       <c r="L20" s="15"/>
       <c r="M20" s="9"/>
-      <c r="N20" s="98"/>
-[...3 lines deleted...]
-      <c r="R20" s="99"/>
+      <c r="N20" s="104"/>
+      <c r="O20" s="105"/>
+      <c r="P20" s="105"/>
+      <c r="Q20" s="105"/>
+      <c r="R20" s="106"/>
       <c r="S20" s="63"/>
       <c r="T20" s="3"/>
       <c r="U20" s="5"/>
       <c r="V20" s="19"/>
       <c r="W20" s="5"/>
       <c r="X20" s="19"/>
       <c r="Y20" s="10"/>
     </row>
-    <row r="21" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="B21" s="105"/>
-[...3 lines deleted...]
-      <c r="F21" s="106"/>
+      <c r="B21" s="110"/>
+      <c r="C21" s="99"/>
+      <c r="D21" s="99"/>
+      <c r="E21" s="99"/>
+      <c r="F21" s="100"/>
       <c r="G21" s="65"/>
       <c r="H21" s="6"/>
       <c r="I21" s="7"/>
       <c r="J21" s="20"/>
       <c r="K21" s="7"/>
       <c r="L21" s="16"/>
       <c r="M21" s="12"/>
-      <c r="N21" s="91"/>
-[...3 lines deleted...]
-      <c r="R21" s="93"/>
+      <c r="N21" s="98"/>
+      <c r="O21" s="99"/>
+      <c r="P21" s="99"/>
+      <c r="Q21" s="99"/>
+      <c r="R21" s="153"/>
       <c r="S21" s="65"/>
       <c r="T21" s="6"/>
       <c r="U21" s="7"/>
       <c r="V21" s="20"/>
       <c r="W21" s="7"/>
       <c r="X21" s="28"/>
       <c r="Y21" s="29"/>
     </row>
-    <row r="22" spans="1:25" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:25" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="13"/>
-      <c r="I22" s="154" t="s">
+      <c r="I22" s="96" t="s">
         <v>19</v>
       </c>
-      <c r="J22" s="154"/>
-      <c r="K22" s="154"/>
+      <c r="J22" s="96"/>
+      <c r="K22" s="96"/>
       <c r="L22" s="81"/>
       <c r="M22" s="81"/>
       <c r="N22" s="8"/>
-      <c r="U22" s="154" t="s">
+      <c r="U22" s="96" t="s">
         <v>19</v>
       </c>
-      <c r="V22" s="154"/>
-      <c r="W22" s="155"/>
+      <c r="V22" s="96"/>
+      <c r="W22" s="97"/>
       <c r="X22" s="82"/>
       <c r="Y22" s="82"/>
     </row>
-    <row r="23" spans="1:25" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="83" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="84"/>
       <c r="C23" s="84"/>
       <c r="D23" s="84"/>
       <c r="E23" s="84"/>
       <c r="F23" s="84"/>
       <c r="G23" s="84"/>
       <c r="H23" s="84"/>
       <c r="I23" s="84"/>
       <c r="J23" s="84"/>
       <c r="K23" s="84"/>
       <c r="L23" s="84"/>
       <c r="M23" s="84"/>
       <c r="N23" s="84"/>
       <c r="O23" s="84"/>
       <c r="P23" s="84"/>
       <c r="Q23" s="84"/>
       <c r="R23" s="84"/>
       <c r="S23" s="84"/>
       <c r="T23" s="84"/>
       <c r="U23" s="84"/>
       <c r="V23" s="84"/>
       <c r="W23" s="84"/>
       <c r="X23" s="84"/>
       <c r="Y23" s="85"/>
     </row>
-    <row r="24" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:25" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="86"/>
-      <c r="B24" s="149"/>
-[...3 lines deleted...]
-      <c r="F24" s="151"/>
+      <c r="B24" s="91"/>
+      <c r="C24" s="92"/>
+      <c r="D24" s="92"/>
+      <c r="E24" s="92"/>
+      <c r="F24" s="93"/>
       <c r="G24" s="87"/>
       <c r="H24" s="88"/>
       <c r="I24" s="61"/>
       <c r="J24" s="60"/>
       <c r="K24" s="61"/>
       <c r="L24" s="89"/>
       <c r="M24" s="90"/>
-      <c r="N24" s="152"/>
-[...3 lines deleted...]
-      <c r="R24" s="153"/>
+      <c r="N24" s="94"/>
+      <c r="O24" s="92"/>
+      <c r="P24" s="92"/>
+      <c r="Q24" s="92"/>
+      <c r="R24" s="95"/>
       <c r="S24" s="87"/>
       <c r="T24" s="88"/>
       <c r="U24" s="61"/>
       <c r="V24" s="60"/>
       <c r="W24" s="61"/>
       <c r="X24" s="60"/>
       <c r="Y24" s="61"/>
     </row>
-    <row r="25" spans="1:25" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
     </row>
-    <row r="26" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="142" t="s">
+    <row r="26" spans="1:25" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="113" t="s">
         <v>20</v>
       </c>
-      <c r="B26" s="143"/>
-[...3 lines deleted...]
-      <c r="F26" s="144"/>
+      <c r="B26" s="114"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
+      <c r="E26" s="114"/>
+      <c r="F26" s="115"/>
       <c r="G26" s="75"/>
-      <c r="H26" s="141" t="s">
+      <c r="H26" s="112" t="s">
         <v>21</v>
       </c>
-      <c r="I26" s="141"/>
-[...23 lines deleted...]
-      <c r="F27" s="147"/>
+      <c r="I26" s="112"/>
+      <c r="J26" s="112"/>
+      <c r="K26" s="112"/>
+      <c r="L26" s="112"/>
+      <c r="M26" s="112"/>
+      <c r="N26" s="112"/>
+      <c r="O26" s="112"/>
+      <c r="P26" s="112"/>
+      <c r="Q26" s="112"/>
+      <c r="R26" s="112"/>
+      <c r="S26" s="112"/>
+      <c r="T26" s="112"/>
+      <c r="U26" s="112"/>
+      <c r="V26" s="112"/>
+      <c r="W26" s="112"/>
+      <c r="X26" s="112"/>
+      <c r="Y26" s="112"/>
+    </row>
+    <row r="27" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="116"/>
+      <c r="B27" s="117"/>
+      <c r="C27" s="117"/>
+      <c r="D27" s="117"/>
+      <c r="E27" s="117"/>
+      <c r="F27" s="118"/>
       <c r="G27" s="76"/>
-      <c r="H27" s="141"/>
-[...18 lines deleted...]
-    <row r="28" spans="1:25" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H27" s="112"/>
+      <c r="I27" s="112"/>
+      <c r="J27" s="112"/>
+      <c r="K27" s="112"/>
+      <c r="L27" s="112"/>
+      <c r="M27" s="112"/>
+      <c r="N27" s="112"/>
+      <c r="O27" s="112"/>
+      <c r="P27" s="112"/>
+      <c r="Q27" s="112"/>
+      <c r="R27" s="112"/>
+      <c r="S27" s="112"/>
+      <c r="T27" s="112"/>
+      <c r="U27" s="112"/>
+      <c r="V27" s="112"/>
+      <c r="W27" s="112"/>
+      <c r="X27" s="112"/>
+      <c r="Y27" s="112"/>
+    </row>
+    <row r="28" spans="1:25" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="2"/>
       <c r="B28" s="31"/>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
-      <c r="H28" s="141"/>
-[...18 lines deleted...]
-    <row r="29" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="H28" s="112"/>
+      <c r="I28" s="112"/>
+      <c r="J28" s="112"/>
+      <c r="K28" s="112"/>
+      <c r="L28" s="112"/>
+      <c r="M28" s="112"/>
+      <c r="N28" s="112"/>
+      <c r="O28" s="112"/>
+      <c r="P28" s="112"/>
+      <c r="Q28" s="112"/>
+      <c r="R28" s="112"/>
+      <c r="S28" s="112"/>
+      <c r="T28" s="112"/>
+      <c r="U28" s="112"/>
+      <c r="V28" s="112"/>
+      <c r="W28" s="112"/>
+      <c r="X28" s="112"/>
+      <c r="Y28" s="112"/>
+    </row>
+    <row r="29" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A29" s="2"/>
-      <c r="B29" s="148" t="s">
+      <c r="B29" s="119" t="s">
         <v>22</v>
       </c>
-      <c r="C29" s="148"/>
-[...21 lines deleted...]
-    <row r="30" spans="1:25" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C29" s="119"/>
+      <c r="D29" s="119"/>
+      <c r="E29" s="119"/>
+      <c r="H29" s="112"/>
+      <c r="I29" s="112"/>
+      <c r="J29" s="112"/>
+      <c r="K29" s="112"/>
+      <c r="L29" s="112"/>
+      <c r="M29" s="112"/>
+      <c r="N29" s="112"/>
+      <c r="O29" s="112"/>
+      <c r="P29" s="112"/>
+      <c r="Q29" s="112"/>
+      <c r="R29" s="112"/>
+      <c r="S29" s="112"/>
+      <c r="T29" s="112"/>
+      <c r="U29" s="112"/>
+      <c r="V29" s="112"/>
+      <c r="W29" s="112"/>
+      <c r="X29" s="112"/>
+      <c r="Y29" s="112"/>
+    </row>
+    <row r="30" spans="1:25" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="30"/>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
-      <c r="H30" s="141"/>
-[...18 lines deleted...]
-    <row r="31" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="H30" s="112"/>
+      <c r="I30" s="112"/>
+      <c r="J30" s="112"/>
+      <c r="K30" s="112"/>
+      <c r="L30" s="112"/>
+      <c r="M30" s="112"/>
+      <c r="N30" s="112"/>
+      <c r="O30" s="112"/>
+      <c r="P30" s="112"/>
+      <c r="Q30" s="112"/>
+      <c r="R30" s="112"/>
+      <c r="S30" s="112"/>
+      <c r="T30" s="112"/>
+      <c r="U30" s="112"/>
+      <c r="V30" s="112"/>
+      <c r="W30" s="112"/>
+      <c r="X30" s="112"/>
+      <c r="Y30" s="112"/>
+    </row>
+    <row r="31" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A31" s="48" t="s">
         <v>23</v>
       </c>
       <c r="B31" s="48"/>
       <c r="D31" s="48"/>
       <c r="E31" s="47" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="47"/>
       <c r="G31" s="47"/>
-      <c r="H31" s="141"/>
-[...38 lines deleted...]
-    <row r="33" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="H31" s="112"/>
+      <c r="I31" s="112"/>
+      <c r="J31" s="112"/>
+      <c r="K31" s="112"/>
+      <c r="L31" s="112"/>
+      <c r="M31" s="112"/>
+      <c r="N31" s="112"/>
+      <c r="O31" s="112"/>
+      <c r="P31" s="112"/>
+      <c r="Q31" s="112"/>
+      <c r="R31" s="112"/>
+      <c r="S31" s="112"/>
+      <c r="T31" s="112"/>
+      <c r="U31" s="112"/>
+      <c r="V31" s="112"/>
+      <c r="W31" s="112"/>
+      <c r="X31" s="112"/>
+      <c r="Y31" s="112"/>
+    </row>
+    <row r="32" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="H32" s="112"/>
+      <c r="I32" s="112"/>
+      <c r="J32" s="112"/>
+      <c r="K32" s="112"/>
+      <c r="L32" s="112"/>
+      <c r="M32" s="112"/>
+      <c r="N32" s="112"/>
+      <c r="O32" s="112"/>
+      <c r="P32" s="112"/>
+      <c r="Q32" s="112"/>
+      <c r="R32" s="112"/>
+      <c r="S32" s="112"/>
+      <c r="T32" s="112"/>
+      <c r="U32" s="112"/>
+      <c r="V32" s="112"/>
+      <c r="W32" s="112"/>
+      <c r="X32" s="112"/>
+      <c r="Y32" s="112"/>
+    </row>
+    <row r="33" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A33" s="30"/>
       <c r="B33" s="31"/>
       <c r="C33" s="31"/>
       <c r="D33" s="31"/>
       <c r="E33" s="31"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
-      <c r="H33" s="141"/>
-[...19 lines deleted...]
-      <c r="A34" s="140" t="s">
+      <c r="H33" s="112"/>
+      <c r="I33" s="112"/>
+      <c r="J33" s="112"/>
+      <c r="K33" s="112"/>
+      <c r="L33" s="112"/>
+      <c r="M33" s="112"/>
+      <c r="N33" s="112"/>
+      <c r="O33" s="112"/>
+      <c r="P33" s="112"/>
+      <c r="Q33" s="112"/>
+      <c r="R33" s="112"/>
+      <c r="S33" s="112"/>
+      <c r="T33" s="112"/>
+      <c r="U33" s="112"/>
+      <c r="V33" s="112"/>
+      <c r="W33" s="112"/>
+      <c r="X33" s="112"/>
+      <c r="Y33" s="112"/>
+    </row>
+    <row r="34" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A34" s="111" t="s">
         <v>31</v>
       </c>
-      <c r="B34" s="140"/>
-[...1 lines deleted...]
-      <c r="D34" s="140" t="s">
+      <c r="B34" s="111"/>
+      <c r="C34" s="111"/>
+      <c r="D34" s="111" t="s">
         <v>25</v>
       </c>
-      <c r="E34" s="140"/>
-      <c r="F34" s="140"/>
+      <c r="E34" s="111"/>
+      <c r="F34" s="111"/>
       <c r="G34" s="69"/>
       <c r="H34" s="78" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="79"/>
       <c r="J34" s="79"/>
       <c r="K34" s="79"/>
       <c r="L34" s="79"/>
       <c r="M34" s="79"/>
       <c r="N34" s="79"/>
       <c r="O34" s="79"/>
       <c r="P34" s="80"/>
       <c r="Q34" s="80"/>
       <c r="R34" s="80"/>
       <c r="S34" s="80"/>
       <c r="T34" s="80"/>
       <c r="U34" s="80"/>
       <c r="V34" s="80"/>
       <c r="W34" s="80"/>
       <c r="X34" s="80"/>
       <c r="Y34" s="80"/>
     </row>
-    <row r="35" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:25" x14ac:dyDescent="0.2">
       <c r="H35" s="77" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="36" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:25" x14ac:dyDescent="0.2">
       <c r="H36" s="77" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="64">
+    <mergeCell ref="N21:R21"/>
+    <mergeCell ref="I13:K13"/>
+    <mergeCell ref="B17:F17"/>
+    <mergeCell ref="N17:R17"/>
+    <mergeCell ref="B18:F18"/>
+    <mergeCell ref="N18:R18"/>
+    <mergeCell ref="B19:F19"/>
+    <mergeCell ref="N19:R19"/>
+    <mergeCell ref="B15:F15"/>
+    <mergeCell ref="N15:R15"/>
+    <mergeCell ref="B16:F16"/>
+    <mergeCell ref="B10:F10"/>
+    <mergeCell ref="B11:F11"/>
+    <mergeCell ref="B12:F12"/>
+    <mergeCell ref="N10:R10"/>
+    <mergeCell ref="N11:R11"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="B9:F9"/>
+    <mergeCell ref="B6:F6"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:X5"/>
+    <mergeCell ref="Y4:Y5"/>
+    <mergeCell ref="F2:M2"/>
+    <mergeCell ref="N2:O2"/>
+    <mergeCell ref="P2:R2"/>
+    <mergeCell ref="D3:M3"/>
+    <mergeCell ref="P3:Y3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="N4:R5"/>
+    <mergeCell ref="B4:F5"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="S4:U4"/>
+    <mergeCell ref="N6:R6"/>
+    <mergeCell ref="N7:R7"/>
+    <mergeCell ref="N8:R8"/>
+    <mergeCell ref="N9:R9"/>
+    <mergeCell ref="L4:L5"/>
+    <mergeCell ref="M4:M5"/>
+    <mergeCell ref="A34:C34"/>
+    <mergeCell ref="D34:F34"/>
+    <mergeCell ref="H26:Y33"/>
+    <mergeCell ref="A26:F27"/>
+    <mergeCell ref="B29:E29"/>
     <mergeCell ref="B24:F24"/>
     <mergeCell ref="N24:R24"/>
     <mergeCell ref="I22:K22"/>
     <mergeCell ref="U22:W22"/>
     <mergeCell ref="N12:R12"/>
     <mergeCell ref="N14:R14"/>
     <mergeCell ref="T14:U14"/>
     <mergeCell ref="V14:W14"/>
     <mergeCell ref="U13:W13"/>
     <mergeCell ref="N16:R16"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="B20:F20"/>
     <mergeCell ref="N20:R20"/>
     <mergeCell ref="B21:F21"/>
-    <mergeCell ref="A34:C34"/>
-[...46 lines deleted...]
-    <mergeCell ref="B16:F16"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.27559055118110237" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="62" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B4:E24"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.88671875" style="36"/>
-    <col min="2" max="2" width="10.44140625" style="36" customWidth="1"/>
+    <col min="1" max="1" width="8.85546875" style="36"/>
+    <col min="2" max="2" width="10.42578125" style="36" customWidth="1"/>
     <col min="3" max="3" width="42" style="36" customWidth="1"/>
-    <col min="4" max="16384" width="8.88671875" style="36"/>
+    <col min="4" max="16384" width="8.85546875" style="36"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:5" ht="55.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C4" s="43" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="5" spans="2:5" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:5" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="37" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="38"/>
       <c r="D5" s="37" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="38"/>
     </row>
-    <row r="6" spans="2:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="51"/>
     </row>
-    <row r="7" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="39"/>
     </row>
-    <row r="8" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="40" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="38"/>
     </row>
-    <row r="9" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="41"/>
     </row>
-    <row r="10" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="40" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="38"/>
     </row>
-    <row r="11" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="41"/>
     </row>
-    <row r="12" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="40" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="38"/>
     </row>
-    <row r="13" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="41"/>
     </row>
-    <row r="14" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="40" t="s">
         <v>3</v>
       </c>
       <c r="C14" s="38"/>
     </row>
-    <row r="15" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="41"/>
     </row>
-    <row r="16" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="40" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="38"/>
     </row>
-    <row r="17" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="42"/>
     </row>
-    <row r="18" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="40" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="38"/>
     </row>
-    <row r="19" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="41"/>
     </row>
-    <row r="20" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="40" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="38"/>
     </row>
-    <row r="23" spans="2:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:3" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C23" s="38"/>
     </row>
-    <row r="24" spans="2:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:3" x14ac:dyDescent="0.2">
       <c r="C24" s="36" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3336d6b0-b132-47ee-a49b-3ab470a5336e}" enabled="0" method="" siteId="{3336d6b0-b132-47ee-a49b-3ab470a5336e}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">